--- v0 (2025-10-23)
+++ v1 (2026-03-03)
@@ -67,56 +67,56 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>СПРАВКА</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D409B" w:rsidRDefault="009D409B" w:rsidP="00C6197D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">о доходах за период </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BE7123">
-[...4 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="00EE589F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> месяцев </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009D409B" w:rsidRDefault="009D409B" w:rsidP="00C6197D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>с _______</w:t>
       </w:r>
       <w:r w:rsidR="00C6197D">
@@ -1227,89 +1227,99 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002E45F7" w:rsidRPr="008C6173" w:rsidRDefault="002E45F7" w:rsidP="00C6197D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C6173">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Среднемесячный доход за </w:t>
       </w:r>
       <w:r w:rsidR="00C65DB5" w:rsidRPr="008C6173">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>последние</w:t>
       </w:r>
+      <w:r w:rsidR="00EE589F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12</w:t>
+      </w:r>
       <w:r w:rsidRPr="008C6173">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 6 месяцев </w:t>
+        <w:t xml:space="preserve"> месяцев </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008C6173">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>составляет</w:t>
       </w:r>
       <w:r w:rsidRPr="008C6173">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008C6173">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
       <w:r w:rsidR="00723B06" w:rsidRPr="008C6173">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>_____________________</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="008E3C53" w:rsidRPr="008C6173" w:rsidRDefault="008C6173" w:rsidP="008C6173">
       <w:pPr>
         <w:ind w:left="1416" w:firstLine="708"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C6173">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
@@ -1965,50 +1975,500 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008E3C53" w:rsidRPr="008C6173" w:rsidRDefault="008E3C53" w:rsidP="00C6197D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2411" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008E3C53" w:rsidRPr="008C6173" w:rsidRDefault="008E3C53" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidTr="008C6173">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="906" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2411" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidTr="008C6173">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="906" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2411" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidTr="008C6173">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="906" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2411" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidTr="008C6173">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="906" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2411" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidTr="008C6173">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="906" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2411" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidTr="008C6173">
+        <w:trPr>
+          <w:trHeight w:val="283"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="906" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1799" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1594" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2411" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002777A8" w:rsidRPr="008C6173" w:rsidRDefault="002777A8" w:rsidP="00C6197D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008E3C53" w:rsidRPr="008C6173" w:rsidTr="008C6173">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="906" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="008E3C53" w:rsidRPr="008C6173" w:rsidRDefault="008E3C53" w:rsidP="00C6197D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
@@ -2592,108 +3052,111 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:view w:val="web"/>
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00494E07"/>
     <w:rsid w:val="000D60D8"/>
     <w:rsid w:val="00100F8A"/>
     <w:rsid w:val="00110B8F"/>
     <w:rsid w:val="0018704F"/>
     <w:rsid w:val="001C0D29"/>
     <w:rsid w:val="001C7CD1"/>
     <w:rsid w:val="001F6572"/>
+    <w:rsid w:val="002777A8"/>
     <w:rsid w:val="002850BA"/>
     <w:rsid w:val="002C25D4"/>
     <w:rsid w:val="002D279B"/>
     <w:rsid w:val="002E45F7"/>
     <w:rsid w:val="00361044"/>
     <w:rsid w:val="003A35C9"/>
     <w:rsid w:val="00494E07"/>
     <w:rsid w:val="005449CA"/>
     <w:rsid w:val="00557ED6"/>
     <w:rsid w:val="006546C9"/>
     <w:rsid w:val="0068502D"/>
     <w:rsid w:val="00712DAB"/>
     <w:rsid w:val="00723B06"/>
     <w:rsid w:val="00762832"/>
     <w:rsid w:val="007672EF"/>
     <w:rsid w:val="00875F0D"/>
     <w:rsid w:val="008A789A"/>
     <w:rsid w:val="008C6173"/>
     <w:rsid w:val="008E3C53"/>
     <w:rsid w:val="00966D64"/>
     <w:rsid w:val="00977F56"/>
     <w:rsid w:val="009D409B"/>
     <w:rsid w:val="00A63225"/>
     <w:rsid w:val="00A93BB9"/>
     <w:rsid w:val="00B17595"/>
     <w:rsid w:val="00B47F91"/>
     <w:rsid w:val="00B504A2"/>
     <w:rsid w:val="00B57544"/>
     <w:rsid w:val="00BB31DD"/>
     <w:rsid w:val="00BE7123"/>
     <w:rsid w:val="00C6197D"/>
     <w:rsid w:val="00C65DB5"/>
     <w:rsid w:val="00C671D4"/>
     <w:rsid w:val="00C82DF8"/>
     <w:rsid w:val="00D32ADD"/>
     <w:rsid w:val="00E4417C"/>
+    <w:rsid w:val="00EE589F"/>
     <w:rsid w:val="00F90B1A"/>
     <w:rsid w:val="00FF5339"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -3453,70 +3916,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>465</Words>
-  <Characters>2653</Characters>
+  <Words>471</Words>
+  <Characters>2685</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Реквизиты предприятия</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ДВТБ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3112</CharactersWithSpaces>
+  <CharactersWithSpaces>3150</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Реквизиты предприятия</dc:title>
   <dc:creator>Gurfinkel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>